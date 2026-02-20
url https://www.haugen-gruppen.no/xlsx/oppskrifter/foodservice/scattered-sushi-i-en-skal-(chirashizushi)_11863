--- v0 (2026-02-19)
+++ v1 (2026-02-20)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/drawings/drawing.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcaf0c1995d2344f9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R14078fde78884daa" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="App Name"/>
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Oppskrift" sheetId="1" r:id="R2a330a7b9d6e402f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Oppskrift" sheetId="1" r:id="R8af98ad7974548e6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fonts>
     <x:font>
       <x:sz val="10"/>
       <x:color rgb="1a2b47"/>
       <x:name val="Arial"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="10"/>
       <x:color rgb="FFFFFF"/>
       <x:name val="Arial"/>
     </x:font>
     <x:font>
       <x:i/>
       <x:sz val="10"/>
       <x:color rgb="1a2b47"/>
       <x:name val="Arial"/>
     </x:font>
     <x:font>
@@ -112,132 +112,132 @@
       <x:bottom style="thin">
         <x:color auto="1" rgb="FFFFFF"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs>
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="3" borderId="2" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="1" applyFill="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="4" fillId="2" borderId="1" applyFont="1">
       <x:alignment horizontal="center" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0"/>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2a330a7b9d6e402f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R763f6ba400be488f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8af98ad7974548e6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rda270f722fb64d40" /></Relationships>
 </file>
 
-<file path=xl/drawings/_rels/drawing.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image.jpg" Id="Rac2b7cbeb5744daf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image2.jpg" Id="Raf0420ee4fde4f41" /></Relationships>
+<file path=xl/drawings/_rels/drawing.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image.jpg" Id="R4d70e1b404d34b9b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image2.jpg" Id="R53abb0089c534b92" /></Relationships>
 </file>
 
 <file path=xl/drawings/drawing.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>100</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="5286375" cy="781050"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1025" name="Picture 1" descr="polymathlogo"/>
         <xdr:cNvPicPr>
           <a:picLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1" noChangeArrowheads="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:embed="Rac2b7cbeb5744daf" cstate="print"/>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:embed="R4d70e1b404d34b9b" cstate="print"/>
         <a:srcRect xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
         <a:stretch xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr bwMode="auto">
         <a:xfrm xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
           <a:off x="0" y="0"/>
           <a:ext cx="5286375" cy="781050"/>
         </a:xfrm>
         <a:prstGeom xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>100</xdr:colOff>
       <xdr:row>2</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="4778076" cy="3808764"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1025" name="Picture 1" descr="polymathlogo"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip r:embed="Raf0420ee4fde4f41" cstate="print"/>
+        <a:blip r:embed="R53abb0089c534b92" cstate="print"/>
         <a:srcRect/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="4778076" cy="3808764"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
-<file path=xl/worksheets/_rels/sheet.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing.xml" Id="R8a360c4e9210409e" /></Relationships>
+<file path=xl/worksheets/_rels/sheet.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing.xml" Id="R0c3cff09d1fb4102" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="8" hidden="0" bestFit="1" customWidth="1"/>
     <x:col min="2" max="2" width="36" hidden="0" bestFit="1" customWidth="1"/>
     <x:col min="3" max="3" width="6" hidden="0" bestFit="1" customWidth="1"/>
     <x:col min="4" max="4" width="4" hidden="0" bestFit="1" customWidth="1"/>
     <x:col min="5" max="5" width="6" hidden="0" bestFit="1" customWidth="1"/>
     <x:col min="6" max="6" width="4" hidden="0" bestFit="1" customWidth="1"/>
     <x:col min="7" max="7" width="10" hidden="0" bestFit="1" customWidth="1"/>
     <x:col min="8" max="8" width="10" hidden="0" bestFit="1" customWidth="1"/>
     <x:col min="9" max="9" width="10" hidden="0" bestFit="1" customWidth="1"/>
     <x:col min="10" max="10" width="10" hidden="0" bestFit="1" customWidth="1"/>
     <x:col min="11" max="11" width="5" hidden="0" bestFit="1" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" ht="61" customHeight="1">
       <x:c r="A1" s="3" t="inlineStr">
         <x:v/>
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
@@ -908,28 +908,28 @@
     <x:row r="18"/>
     <x:row r="19">
       <x:c r="A19" s="0" t="inlineStr">
         <x:v/>
         <x:is>
           <x:t/>
         </x:is>
       </x:c>
       <x:c r="B19" s="9" t="inlineStr">
         <x:v>* Allergens</x:v>
         <x:is>
           <x:t>* Allergens</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:K1"/>
     <x:mergeCell ref="A2:K2"/>
     <x:mergeCell ref="A3:K3"/>
     <x:mergeCell ref="A4:K4"/>
     <x:mergeCell ref="A5:K5"/>
     <x:mergeCell ref="C7:D7"/>
     <x:mergeCell ref="E7:F7"/>
   </x:mergeCells>
-  <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="R8a360c4e9210409e"/>
+  <x:drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="R0c3cff09d1fb4102"/>
 </x:worksheet>
 </file>